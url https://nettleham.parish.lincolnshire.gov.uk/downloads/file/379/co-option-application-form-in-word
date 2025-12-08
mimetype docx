--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -1,14660 +1,2647 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="25CC3C6B" w14:textId="77777777" w:rsidR="00640987" w:rsidRPr="0002118E" w:rsidRDefault="00C60F78" w:rsidP="003E052B">
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="5E057CA8" w14:textId="439FBA56" w:rsidR="000714E6" w:rsidRPr="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000714E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000714E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PPLICATION TO BE A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000714E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PARISH COUNCILLOR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000714E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000714E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(CO-OPTION)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138C2335" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022F6A7F" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D38EC93" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CF32948" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="462F553D" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F102482" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A25BFF1" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DDE1350" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70152D20" w14:textId="6D7C90A7" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77711E28" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="499EED46" w14:textId="25EE83AE" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>…………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7101834C" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6216F7E3" w14:textId="4A3E6A93" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3580E874" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6269C2" w14:textId="31EC72EA" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Phone No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>…………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337FF31F" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9EB637" w14:textId="57014EDA" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Mobile Phone No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...100 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:t>…………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C14089" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45D59878" w14:textId="683AE4D9" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Email address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">   </w:t>
-[...7 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:t>…………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E46FF1F" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B625B2" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AD10AEA" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>I CONFIRM THAT I AM QUALIFIED IN ACCORDANCE WITH AT LEAST ONE OF THE FOLLOWING:-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109C6031" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A22FF95" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>I am registered as a local government elector for the Parish on the current</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB3D16C" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="711" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Electoral Register</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...28 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C75CAFE" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="711" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF932F0" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>I have, during the whole of the previous 12 months occupied as a tenant or owner of any land or other premises in the Parish</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C23F1A8" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="005F6BD0" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09FABD62" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>My principal or only place of work in the previous 12 months has been in the Parish</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73401C1C" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="005F6BD0" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D835142" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>I have resided either in the Parish or within 3 miles thereof during the whole of the previous 12 months</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D1512E" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="00A25A2C" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46242375" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73711FDC" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E02B63" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Signed:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:t>……………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13ED6789" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A99BD5" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dated: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...415 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>……………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CC0289" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8A1888" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="267F5B9E" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E4DFDA2" w14:textId="2B1F37A5" w:rsidR="000714E6" w:rsidRDefault="00E90842" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Please complete the letter of application on the following page, sign and return this form to Nettleham Parish Council via post or email given below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32815321" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0107F6F6" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2999FD4E" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13976D2F" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00881D28">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>APPLICATION FOR COUNCILLOR CO-OPTION</w:t>
-[...1853 lines deleted...]
-        </w:rPr>
+        <w:t>LETTER OF APPLICATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33446CDE" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63115919" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>This is your opportunity to let the Parish Council know what skills and experience you have as well as any additional expertise or areas of interest which will assist the Parish Council exercise its various functions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B94117A" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A6F3B00" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>A number of competencies are set out on the following page to assist you – please feel free to continue on a separate page if you wish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48376C5B" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1144B47B" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13CC88DC" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28AB1FEA" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F40C21" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="788229B3" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34869E75" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B79ADAC" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="760857AD" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391890E4" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E7B5D35" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DB3A70C" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="501C6DAC" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DA8320E" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6895235E" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C7AB6B9" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AC0AE6C" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CF04F8E" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A28F120" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FB719BC" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E633B95" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FF18764" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE3CD03" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213CC315" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3314D20C" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40CAF2E5" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D5218B" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F74AFFB" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A900BE4" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0325369F" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AE0F5B9" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733F7A7E" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="654B2E21" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="103599A8" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73548A8F" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D548990" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F2E054B" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="238DFFFD" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A25C90" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04C5B704" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="300AB87F" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2654A1C7" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="005F6BD0" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...7534 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="17CF0744" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B3B7FC8" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3664C317" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DEF4E47" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23086DBC" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AD48BD5" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C0378F6" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23859717" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C56897A" w14:textId="3C444E88" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD59B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Parish Councillor Competencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE4FBFE" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51A3FDB0" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B482E8B" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Relevant knowledge, education, professional qualifications &amp; training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2E49A9" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79CCB6F3" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Sound knowledge and understanding of local affairs and the local community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D939152" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="613AD92B" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29AA336B" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Experience, skills, knowledge and ability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01835FD3" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27FFCDDD" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Solid interest in local matters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B895135" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Ability and willingness to represent the Parish Council and its community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DFD2CE3" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Good interpersonal skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B005B9" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Ability to communicate succinctly and clearly both orally and in writing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD8792E" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Ability and willingness to work closely with other members and to maintain good working relationships with all members and staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAD8DA3" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Good reading and analytical skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731F7B55" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Ability and willingness to work with the Parish Council’s partners (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>, voluntary groups, other Parish Councils, Principal Authorities, charities, etc.,)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CB52E8" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Ability and willingness to undertake relevant training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28385ED5" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159ACEF9" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F02E5C5" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Circumstances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D35A310" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DBD7740" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Ability and willingness to attend meetings of the Parish Council (or the meetings of other local authorities and local bodies) in the evening and events in the evening and at weekends</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1894B54F" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Flexible and committed to the Parish Council</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFC5046" w14:textId="77777777" w:rsidR="000714E6" w:rsidRPr="004B5709" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5709">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>Enthusiastic</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A0463A" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B2ECC5" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F322944" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6" w:rsidP="000714E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C60048" w14:textId="77777777" w:rsidR="000714E6" w:rsidRDefault="000714E6"/>
+    <w:sectPr w:rsidR="000714E6">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B85D444" w14:textId="77777777" w:rsidR="008D0A4E" w:rsidRDefault="008D0A4E" w:rsidP="00037BB1">
+    <w:p w14:paraId="5DF8258F" w14:textId="77777777" w:rsidR="00FC3973" w:rsidRDefault="00FC3973" w:rsidP="002A48D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="182D0B19" w14:textId="77777777" w:rsidR="008D0A4E" w:rsidRDefault="008D0A4E" w:rsidP="00037BB1">
+    <w:p w14:paraId="27EC59E7" w14:textId="77777777" w:rsidR="00FC3973" w:rsidRDefault="00FC3973" w:rsidP="002A48D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...29 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3852C145" w14:textId="77777777" w:rsidR="002A48D0" w:rsidRDefault="002A48D0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="787EA0FA" w14:textId="4469568D" w:rsidR="002A48D0" w:rsidRPr="002A48D0" w:rsidRDefault="002A48D0" w:rsidP="002A48D0">
+    <w:pPr>
+      <w:ind w:left="-993" w:right="-897"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="002A48D0">
+      <w:rPr>
+        <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t>___________________________________________________________________________________________________________</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="712A66B7" w14:textId="4C8CFB93" w:rsidR="002A48D0" w:rsidRPr="002A48D0" w:rsidRDefault="002A48D0" w:rsidP="002A48D0">
+    <w:pPr>
+      <w:ind w:left="-993" w:right="-897"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="002A48D0">
+      <w:rPr>
+        <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Nettleham Parish Council, The Parish Office, Scothern Road, Nettleham, Lincoln, LN2 2TU</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002A48D0">
+      <w:rPr>
+        <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+      </w:rPr>
+      <w:br/>
+      <w:t xml:space="preserve">Telephone: 01522 750011   Email: </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="002A48D0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>parishcouncil@nettleham-pc.gov.uk</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="002A48D0">
+      <w:rPr>
+        <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  Website: </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="002A48D0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>www.nettleham-pc.gov.uk</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="3B854A6C" w14:textId="77777777" w:rsidR="002A48D0" w:rsidRDefault="002A48D0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1771F910" w14:textId="77777777" w:rsidR="002A48D0" w:rsidRDefault="002A48D0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44C29C25" w14:textId="77777777" w:rsidR="008D0A4E" w:rsidRDefault="008D0A4E" w:rsidP="00037BB1">
+    <w:p w14:paraId="212B77BD" w14:textId="77777777" w:rsidR="00FC3973" w:rsidRDefault="00FC3973" w:rsidP="002A48D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78ED1D31" w14:textId="77777777" w:rsidR="008D0A4E" w:rsidRDefault="008D0A4E" w:rsidP="00037BB1">
+    <w:p w14:paraId="7D4B5131" w14:textId="77777777" w:rsidR="00FC3973" w:rsidRDefault="00FC3973" w:rsidP="002A48D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3D5FBAD3" w14:textId="77777777" w:rsidR="002A48D0" w:rsidRDefault="002A48D0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A7BC06D" w14:textId="673BC50F" w:rsidR="002A48D0" w:rsidRDefault="002A48D0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B03BB99" wp14:editId="7FE47176">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4753610</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-307340</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1671955" cy="2143125"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="9525"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21504"/>
+              <wp:lineTo x="21411" y="21504"/>
+              <wp:lineTo x="21411" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="25676435" name="Picture 1" descr="A green and yellow emblem with white ribbons and a crown&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="25676435" name="Picture 1" descr="A green and yellow emblem with white ribbons and a crown&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1671955" cy="2143125"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3585BFB2" w14:textId="77777777" w:rsidR="002A48D0" w:rsidRDefault="002A48D0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="03FA3EF7"/>
+    <w:nsid w:val="19237763"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8AD6D662"/>
+    <w:tmpl w:val="BD10952A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1211" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1931" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2651" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3371" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4091" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4811" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5531" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6251" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6971" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="07ED328B"/>
+    <w:nsid w:val="245E6B49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7A661B8E"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="0F70BD0E"/>
+    <w:lvl w:ilvl="0" w:tplc="2548A1BA">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
-[...111 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...3774 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="602760986">
+  <w:num w:numId="1" w16cid:durableId="36860002">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1939360824">
-[...56 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="1351252577">
+  <w:num w:numId="2" w16cid:durableId="431360661">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...40 lines deleted...]
-    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A75090"/>
-[...104 lines deleted...]
-    <w:rsid w:val="00FF034F"/>
+    <w:rsidRoot w:val="002A48D0"/>
+    <w:rsid w:val="000653B8"/>
+    <w:rsid w:val="000714E6"/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rsid w:val="00353236"/>
+    <w:rsid w:val="005360CA"/>
+    <w:rsid w:val="005C2116"/>
+    <w:rsid w:val="007B7D82"/>
+    <w:rsid w:val="00BA68C7"/>
+    <w:rsid w:val="00C9271A"/>
+    <w:rsid w:val="00CF5C3B"/>
+    <w:rsid w:val="00E90842"/>
+    <w:rsid w:val="00FC3973"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1C7919A9"/>
-  <w15:docId w15:val="{102BCE56-52B4-4154-92EB-7AC231227009}"/>
+  <w14:docId w14:val="5B8C717C"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{83B0C58F-B6ED-471E-B3BA-71F094D9A0C8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -14769,51 +2756,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -14995,546 +2982,1016 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="000714E6"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A75090"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-    <w:name w:val="Balloon Text Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A75090"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="002A48D0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A75090"/>
+    <w:rsid w:val="002A48D0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...1 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00127D8A"/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00037BB1"/>
+    <w:rsid w:val="002A48D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00037BB1"/>
+    <w:rsid w:val="002A48D0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00037BB1"/>
+    <w:rsid w:val="002A48D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00037BB1"/>
+    <w:rsid w:val="002A48D0"/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A48D0"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00037BB1"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A48D0"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nettleham-pc.gov.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishcouncil@nettleham-gov.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nettleham-pc.gov.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishcouncil@nettleham-pc.gov.uk" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a34d017b-ad1d-4643-ab96-a143b0c8ff71">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f7fee1bf-3612-4bb6-9bc2-9d67c4123e0a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a34d017b-ad1d-4643-ab96-a143b0c8ff71" xmlns:ns3="f7fee1bf-3612-4bb6-9bc2-9d67c4123e0a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="58a0a3db1bc800cf107414db03eb3eae" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010089A00B319AAC834FB7D1E90C461AEB5A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6f3ab6523edd7e4efe47341eaa76a3e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a34d017b-ad1d-4643-ab96-a143b0c8ff71" xmlns:ns3="f7fee1bf-3612-4bb6-9bc2-9d67c4123e0a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c8f0b8b5720da53f8f7d43626df281fd" ns2:_="" ns3:_="">
     <xsd:import namespace="a34d017b-ad1d-4643-ab96-a143b0c8ff71"/>
     <xsd:import namespace="f7fee1bf-3612-4bb6-9bc2-9d67c4123e0a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a34d017b-ad1d-4643-ab96-a143b0c8ff71" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -15553,50 +4010,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f7fee1bf-3612-4bb6-9bc2-9d67c4123e0a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{cd8b61ab-130c-45fc-9b4a-326fdf2e6f34}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f7fee1bf-3612-4bb6-9bc2-9d67c4123e0a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
@@ -15697,127 +4159,108 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1031023A-CC38-49B3-8A50-8D9F4356B742}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE66D6D4-91CF-4C13-B5B1-592B803F1A5E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a34d017b-ad1d-4643-ab96-a143b0c8ff71"/>
     <ds:schemaRef ds:uri="f7fee1bf-3612-4bb6-9bc2-9d67c4123e0a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D8FB2FB-F60F-43F4-A02F-BE50A09AEEF8}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16498298-6679-4E3B-9211-F031560B034B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{164F03CA-4810-4A9E-B864-456169352C5B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5DEF4A7-26B2-4115-9055-793A7749D91D}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A51F426-9503-42C2-8BB2-086A522B0167}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a34d017b-ad1d-4643-ab96-a143b0c8ff71"/>
     <ds:schemaRef ds:uri="f7fee1bf-3612-4bb6-9bc2-9d67c4123e0a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3547</Characters>
+  <Pages>3</Pages>
+  <Words>375</Words>
+  <Characters>2298</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>143</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4161</CharactersWithSpaces>
+  <CharactersWithSpaces>2632</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>parishcouncil</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>RFO</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010089A00B319AAC834FB7D1E90C461AEB5A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>